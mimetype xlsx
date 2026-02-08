--- v0 (2025-12-11)
+++ v1 (2026-02-08)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="766" uniqueCount="355">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="774" uniqueCount="357">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1050,50 +1050,56 @@
     <t>267</t>
   </si>
   <si>
     <t>https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_lei_no_032.2025_-_04_de_novembro_-_altera_o_codigo_tributario_do_municipio.pdf</t>
   </si>
   <si>
     <t>Altera o Código Tributário do Município, Lei nº 595/2009 e dá outras providências.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_lei_no_033_-_04_de_novembro_-_dispoe_sobre_o_parcelamento_e_reparcelamento_de_debitos_do_municipio_de_betania_com_seu_regime_proprio_de_previdencia_social_-_rpps.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento e reparcelamento de débitos do Município de BETÂNIA com seu Regime Próprio de Previdência Social - RPPS, de que tratam os arts. 115 e 117 do Ato das Disposições Constitucionais Transitórias - ADCT, com a redação conferida pela Emenda Constitucional nº 136, de 9 de setembro de 2025.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/272/projeto_de_lei_no_034.2025_-_fundacao_de_lazer_esporte_e_turismo_-_clube_de_campo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Fundação de Lazer, Esporte e Turismo “Clube de Campo Oásis do Sertão”, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>INSTITUI O SERVIÇO DE ACOLHIMENTO FAMILIAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda ao Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/248/emenda_modificativa_01.2025.docx</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA AO PROJETO DE LEI Nº 17/2025.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>Altera o art. 39 dp projeto de lei nº 23/2025 que estabelece as diretrizes orçamentarias do município de Betânia/PE.</t>
   </si>
   <si>
     <t>256</t>
   </si>
@@ -1424,56 +1430,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/187/projeto_de_lei_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/232/pdl_01.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/233/pdl_02.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/234/pdl_03.2025_05.05.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/235/pdl_04.2025_05.05.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/236/pdl_05.2025_05.05.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/237/pdl_06.2025_26.05.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/271/projeto_de_resolucao_do_arquivo___betania.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/179/requerimento_01.2025_pedido_de_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/242/requerimento_n_02.2025_comissao_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/228/parecer_n_09.2025.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/229/parecer_n_10.2025.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/246/parecer_n_16.2025.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/247/parecer_n_17.2025.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/177/indicacao_n_01.2025_agua_para_o_remedio.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao_n_02.2025_mautencao_das_estradas.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao_-03.2025_reajuste_salarial_dos_agentes_administrativos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_-04.2025_insalubridade_aos_agentes_de_limpeza_e_merendeiras1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_-05.2025_adicional_noturno_aos_guardas_e_vigilantes.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_n_06.2025_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_n_07.2025_.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_n_08.2025_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao_n_09.2025_.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_n_10.2025_gerador.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_n_11.2025_.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_n_12.2025_.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_n_13.2025_.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao_n_19.2025_.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_n_20.2025_.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_21.2025_guaritas.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_22.2025_acs.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_23-_materiais_para_cuidados_respitarios.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_24_-_a_contratacao_de_um_profissional_responsavel_pelo_levantamento_dessas_medicacoes_e_pela_entrega_domiciliar.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_n_25.2025_.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_n_26.2025_.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_n_27.2025_.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_28.2025_soares.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_29.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_n_33.2025_-_instalacao_de_padrao_de_energia_sitio_macaco.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao_n_34.2025_conselho_municipal_do_autismo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao_n_35.2025_pocos_artesianos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_n_36.2025_pilotao_da_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_n_37.2025_-_rocagem_da_margem_da_pe_340.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_n_38.2025_ubs_carnaua.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_lei_no_001.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/203/projeto_de_lei_no_002.2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/204/projeto_de_lei_no_003.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/205/projeto_de_lei_no_004.2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/199/projeto_de_lei_no_005.2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/200/projeto_de_lei_no_006.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_no_007.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/216/projeto_de_lei_008_2025_-_aumento_do_valor_dos_bolsistas.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/225/projeto_de_lei_no_009_-_dispoe_sobre_o_estagio_de_estudantes.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/226/projeto_de_lei_no_010_-_risco_de_vida_dos_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/227/projeto_de_lei_no_011_-_credito_especial_adicional.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/239/projeto_de_lei_no_012_-_altera_a_lei_municipal_no_735_de_06.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/240/projeto_de_lei_no_013_-_autoriza_a_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/238/projeto_de_lei_no_014_-_autoriza_o_prefeito_do_municipio_a.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_no_015_-_cria_cargos_e_acresce_vagas_na_estrutura_administrativa_-_lei_923_de_21_de_janeiro_de_2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/244/projeto_de_lei_no_016.2025_-institui_a_politica_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/245/projeto_de_lei_no_017.2025_-institui_o_programa_alfabetiza_betania_no_ambito_do_sistema_municipal_de_ensino_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_de_lei_no_018_2025_-_inclui_o_art._56-a__na_lei_complementar_575_2008_que_dispoe_sobre_a_taxa_de_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_de_lei_no_019_comupe_-_autoriza_abertura_de_credito_especial_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/251/projeto_de_lei_no_020_2025_-_institui_o_programa_municipal_de_regularizacao_fundiaria_urbana_betania_l_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_lei_no_021_-_cria_o_conselho_municipal_do_turismo_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/253/projeto_de_lei_no_022_-_cria_tratamento_diferenciado_e.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/254/1_-_projeto_de_lei_ldo_2026_-_betania.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/258/projeto_de_lei_no_024.2025_-__e_justificativa_-_financiamento_da_atencao_primaria.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/259/projeto_de_lei_no_025.2025_-_cria_o_conselho_de_desenvolvimento_sustentavel.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_no_026.2025_-_altera_a_lei_do_conselho_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/262/projeto_de_lei_no_027.2025_-_dispoe_sobre_o_adicional_de_insalubridade_dos_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_no_028.2025_-_ppa_-_betania_-_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/264/projeto_de_lei_no_029.2025_-_loa_-_betania_-_2026_assinada.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_lei_no_030.2025_-_04_de_novembro_-_altera_a_lei_575_de_2008.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/266/projeto_de_lei_no_031.2025_-__04_de_novembro_-_institui_a_loteria_municipal_no_ambito_do_municipio_de_betania.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_lei_no_032.2025_-_04_de_novembro_-_altera_o_codigo_tributario_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_lei_no_033_-_04_de_novembro_-_dispoe_sobre_o_parcelamento_e_reparcelamento_de_debitos_do_municipio_de_betania_com_seu_regime_proprio_de_previdencia_social_-_rpps.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/272/projeto_de_lei_no_034.2025_-_fundacao_de_lazer_esporte_e_turismo_-_clube_de_campo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/248/emenda_modificativa_01.2025.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/187/projeto_de_lei_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/232/pdl_01.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/233/pdl_02.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/234/pdl_03.2025_05.05.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/235/pdl_04.2025_05.05.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/236/pdl_05.2025_05.05.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/237/pdl_06.2025_26.05.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/271/projeto_de_resolucao_do_arquivo___betania.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/179/requerimento_01.2025_pedido_de_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/242/requerimento_n_02.2025_comissao_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/228/parecer_n_09.2025.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/229/parecer_n_10.2025.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/246/parecer_n_16.2025.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/247/parecer_n_17.2025.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/177/indicacao_n_01.2025_agua_para_o_remedio.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao_n_02.2025_mautencao_das_estradas.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao_-03.2025_reajuste_salarial_dos_agentes_administrativos.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_-04.2025_insalubridade_aos_agentes_de_limpeza_e_merendeiras1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao_-05.2025_adicional_noturno_aos_guardas_e_vigilantes.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_n_06.2025_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao_n_07.2025_.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_n_08.2025_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao_n_09.2025_.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_n_10.2025_gerador.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_n_11.2025_.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_n_12.2025_.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_n_13.2025_.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao_n_19.2025_.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_n_20.2025_.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_21.2025_guaritas.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_22.2025_acs.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_23-_materiais_para_cuidados_respitarios.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_24_-_a_contratacao_de_um_profissional_responsavel_pelo_levantamento_dessas_medicacoes_e_pela_entrega_domiciliar.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_n_25.2025_.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_n_26.2025_.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_n_27.2025_.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_28.2025_soares.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_29.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_n_33.2025_-_instalacao_de_padrao_de_energia_sitio_macaco.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao_n_34.2025_conselho_municipal_do_autismo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao_n_35.2025_pocos_artesianos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_n_36.2025_pilotao_da_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_n_37.2025_-_rocagem_da_margem_da_pe_340.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_n_38.2025_ubs_carnaua.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_lei_no_001.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/203/projeto_de_lei_no_002.2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/204/projeto_de_lei_no_003.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/205/projeto_de_lei_no_004.2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/199/projeto_de_lei_no_005.2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/200/projeto_de_lei_no_006.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_no_007.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/216/projeto_de_lei_008_2025_-_aumento_do_valor_dos_bolsistas.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/225/projeto_de_lei_no_009_-_dispoe_sobre_o_estagio_de_estudantes.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/226/projeto_de_lei_no_010_-_risco_de_vida_dos_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/227/projeto_de_lei_no_011_-_credito_especial_adicional.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/239/projeto_de_lei_no_012_-_altera_a_lei_municipal_no_735_de_06.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/240/projeto_de_lei_no_013_-_autoriza_a_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/238/projeto_de_lei_no_014_-_autoriza_o_prefeito_do_municipio_a.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_no_015_-_cria_cargos_e_acresce_vagas_na_estrutura_administrativa_-_lei_923_de_21_de_janeiro_de_2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/244/projeto_de_lei_no_016.2025_-institui_a_politica_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/245/projeto_de_lei_no_017.2025_-institui_o_programa_alfabetiza_betania_no_ambito_do_sistema_municipal_de_ensino_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_de_lei_no_018_2025_-_inclui_o_art._56-a__na_lei_complementar_575_2008_que_dispoe_sobre_a_taxa_de_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_de_lei_no_019_comupe_-_autoriza_abertura_de_credito_especial_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/251/projeto_de_lei_no_020_2025_-_institui_o_programa_municipal_de_regularizacao_fundiaria_urbana_betania_l_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_lei_no_021_-_cria_o_conselho_municipal_do_turismo_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/253/projeto_de_lei_no_022_-_cria_tratamento_diferenciado_e.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/254/1_-_projeto_de_lei_ldo_2026_-_betania.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/258/projeto_de_lei_no_024.2025_-__e_justificativa_-_financiamento_da_atencao_primaria.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/259/projeto_de_lei_no_025.2025_-_cria_o_conselho_de_desenvolvimento_sustentavel.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_no_026.2025_-_altera_a_lei_do_conselho_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/262/projeto_de_lei_no_027.2025_-_dispoe_sobre_o_adicional_de_insalubridade_dos_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_no_028.2025_-_ppa_-_betania_-_2026_assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/264/projeto_de_lei_no_029.2025_-_loa_-_betania_-_2026_assinada.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_lei_no_030.2025_-_04_de_novembro_-_altera_a_lei_575_de_2008.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/266/projeto_de_lei_no_031.2025_-__04_de_novembro_-_institui_a_loteria_municipal_no_ambito_do_municipio_de_betania.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_lei_no_032.2025_-_04_de_novembro_-_altera_o_codigo_tributario_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_lei_no_033_-_04_de_novembro_-_dispoe_sobre_o_parcelamento_e_reparcelamento_de_debitos_do_municipio_de_betania_com_seu_regime_proprio_de_previdencia_social_-_rpps.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/272/projeto_de_lei_no_034.2025_-_fundacao_de_lazer_esporte_e_turismo_-_clube_de_campo.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/sapl/public/materialegislativa/2025/248/emenda_modificativa_01.2025.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.betania.pe.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H96"/>
+  <dimension ref="A1:H97"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="50.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="246.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3868,115 +3874,141 @@
       </c>
       <c r="D93" t="s">
         <v>243</v>
       </c>
       <c r="E93" t="s">
         <v>244</v>
       </c>
       <c r="F93" t="s">
         <v>245</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>344</v>
       </c>
       <c r="H93" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>346</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>10</v>
+        <v>220</v>
       </c>
       <c r="D94" t="s">
+        <v>243</v>
+      </c>
+      <c r="E94" t="s">
+        <v>244</v>
+      </c>
+      <c r="F94" t="s">
+        <v>245</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="H94" t="s">
         <v>347</v>
-      </c>
-[...10 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>348</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>10</v>
+      </c>
+      <c r="D95" t="s">
+        <v>349</v>
+      </c>
+      <c r="E95" t="s">
+        <v>350</v>
+      </c>
+      <c r="F95" t="s">
+        <v>19</v>
+      </c>
+      <c r="G95" s="1" t="s">
         <v>351</v>
-      </c>
-[...16 lines deleted...]
-        <v>45</v>
       </c>
       <c r="H95" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>353</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D96" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="E96" t="s">
-        <v>348</v>
+        <v>350</v>
+      </c>
+      <c r="F96" t="s">
+        <v>69</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>45</v>
       </c>
       <c r="H96" t="s">
         <v>354</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>355</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>27</v>
+      </c>
+      <c r="D97" t="s">
+        <v>349</v>
+      </c>
+      <c r="E97" t="s">
+        <v>350</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="H97" t="s">
+        <v>356</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -4032,50 +4064,51 @@
     <hyperlink ref="G72" r:id="rId71"/>
     <hyperlink ref="G73" r:id="rId72"/>
     <hyperlink ref="G74" r:id="rId73"/>
     <hyperlink ref="G75" r:id="rId74"/>
     <hyperlink ref="G76" r:id="rId75"/>
     <hyperlink ref="G77" r:id="rId76"/>
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
     <hyperlink ref="G80" r:id="rId79"/>
     <hyperlink ref="G81" r:id="rId80"/>
     <hyperlink ref="G82" r:id="rId81"/>
     <hyperlink ref="G83" r:id="rId82"/>
     <hyperlink ref="G84" r:id="rId83"/>
     <hyperlink ref="G85" r:id="rId84"/>
     <hyperlink ref="G86" r:id="rId85"/>
     <hyperlink ref="G87" r:id="rId86"/>
     <hyperlink ref="G88" r:id="rId87"/>
     <hyperlink ref="G89" r:id="rId88"/>
     <hyperlink ref="G90" r:id="rId89"/>
     <hyperlink ref="G91" r:id="rId90"/>
     <hyperlink ref="G92" r:id="rId91"/>
     <hyperlink ref="G93" r:id="rId92"/>
     <hyperlink ref="G94" r:id="rId93"/>
     <hyperlink ref="G95" r:id="rId94"/>
     <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>